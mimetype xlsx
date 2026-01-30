--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -56,51 +56,51 @@
   </si>
   <si>
     <t>Projeto de Emenda nº 10 de 2025</t>
   </si>
   <si>
     <t>Executivo - EXEC</t>
   </si>
   <si>
     <t>Altera os Anexos I-A e I-B do Projeto de Lei Complementar nº 037/2025 e dá outras providências._x000D_
 Emenda Modificativa nº 001/2025 do Projeto de Lei Complementar nº 037/2025._x000D_
 Súmula: Altera Lei Complementar nº 1.689-2020, e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 37 de 2025</t>
   </si>
   <si>
     <t>Altera Lei Complementar nº 1.689-2020, e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 40 de 2025</t>
+    <t>Projeto de Lei Complementar nº 40 de 2025</t>
   </si>
   <si>
     <t>Autoriza a aplicação de benefícios previstos na Lei Municipal nº 1.998/2025 ao empreendimento "Porto Camargo Resort Residence", permitindo a substituição de até 70% da área institucional mediante compensação pecuniária, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>